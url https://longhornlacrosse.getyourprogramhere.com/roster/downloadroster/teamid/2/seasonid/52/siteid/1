--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -6,133 +6,157 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="58">
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Player FULL Name</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Captain</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>London Prescod</t>
   </si>
   <si>
+    <t>Midfield</t>
+  </si>
+  <si>
+    <t>Fr</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
     <t>AJ Doldo</t>
   </si>
   <si>
+    <t>Attack</t>
+  </si>
+  <si>
     <t>5</t>
   </si>
   <si>
     <t>Kevin James</t>
   </si>
   <si>
+    <t>Goalie</t>
+  </si>
+  <si>
     <t>6</t>
   </si>
   <si>
     <t>Jackson Pedro</t>
   </si>
   <si>
+    <t>Defense</t>
+  </si>
+  <si>
+    <t>So</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
     <t>Hudson Harris</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Alex Suchyna</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mathias Fraga</t>
   </si>
   <si>
+    <t>Def. Mid.</t>
+  </si>
+  <si>
     <t>10</t>
   </si>
   <si>
     <t>Gabe Stone</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Myles Harden</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Aidan Steiner</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Luke Andrews</t>
   </si>
   <si>
+    <t>Middie</t>
+  </si>
+  <si>
     <t>14</t>
   </si>
   <si>
     <t>Parker Gardner</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>River Evjen</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Bentley Linville</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Colin Hahn</t>
   </si>
   <si>
     <t>20</t>
@@ -147,50 +171,59 @@
     <t>Castio Foster</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Grant Cooper</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jacob Saylor</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Colin Pascarella</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Tristan Johnston</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Bryson Hays</t>
+  </si>
+  <si>
+    <t>FR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <charset val="0"/>
       <color rgb="000000"/>
       <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -203,296 +236,395 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E22"/>
+  <dimension ref="A1:E23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
-      <c r="C2"/>
-      <c r="D2"/>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
       <c r="E2"/>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D3"/>
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
       <c r="E3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="D5"/>
+        <v>16</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
       <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="D6"/>
+        <v>20</v>
+      </c>
+      <c r="C6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="D7"/>
+        <v>22</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="D8"/>
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="D9"/>
+        <v>27</v>
+      </c>
+      <c r="C9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
       <c r="E9"/>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="D10"/>
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="D11"/>
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="D12"/>
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="D13"/>
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D14"/>
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="D15"/>
+        <v>40</v>
+      </c>
+      <c r="C15" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" t="s">
+        <v>8</v>
+      </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="D16"/>
+        <v>42</v>
+      </c>
+      <c r="C16" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" t="s">
+        <v>8</v>
+      </c>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="D17"/>
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" t="s">
+        <v>8</v>
+      </c>
       <c r="E17"/>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="D18"/>
+        <v>46</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
       <c r="E18"/>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="D19"/>
+        <v>48</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="D20"/>
+        <v>50</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="D21"/>
+        <v>52</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>8</v>
+      </c>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="D22"/>
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
       <c r="E22"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>55</v>
+      </c>
+      <c r="B23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>